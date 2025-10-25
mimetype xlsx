--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fdb87a383747b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001e4aee293b4745" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89c04171eb04bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37d21b9dcb994613"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c50e1e4f0b4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89c04171eb04bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71f2437bc1a4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37d21b9dcb994613" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>111,532</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...339 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,817</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>