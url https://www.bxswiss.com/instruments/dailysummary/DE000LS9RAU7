--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001e4aee293b4745" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd69f9415919c4b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37d21b9dcb994613"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0faf68ad34c74e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71f2437bc1a4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37d21b9dcb994613" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43897c8c681c4524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0faf68ad34c74e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,394</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>