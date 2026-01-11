--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd69f9415919c4b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe114ceaa9344e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0faf68ad34c74e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree683f81b7064d85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43897c8c681c4524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0faf68ad34c74e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7c1dcefb7e4d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree683f81b7064d85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>124,259</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,913</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...469 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,683</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>