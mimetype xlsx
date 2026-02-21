--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe114ceaa9344e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401ec17d3ae24b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree683f81b7064d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c64eb8f30c345c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7c1dcefb7e4d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree683f81b7064d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd11e7e32674197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c64eb8f30c345c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>127,505</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>