--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401ec17d3ae24b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc56653c5e54a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c64eb8f30c345c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72443c4ff3e94beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd11e7e32674197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c64eb8f30c345c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082ddecdfc5e4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72443c4ff3e94beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>124,114</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,602</x:t>
-[...544 lines deleted...]
-          <x:t>125,097</x:t>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>