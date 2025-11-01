--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R911362dca88d4fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf2cee100234a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R273a5fcbc01e449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547fcda1b7574b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99582f8be760404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R273a5fcbc01e449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffd35d71070d4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547fcda1b7574b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold -und Silber- Aktien - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>162,029</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,809</x:t>
-[...274 lines deleted...]
-          <x:t>174,904</x:t>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>