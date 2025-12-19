--- v1 (2025-11-01)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf2cee100234a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcac87463e03483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547fcda1b7574b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc334c67d644845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffd35d71070d4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547fcda1b7574b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4e8bd9911f401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc334c67d644845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold -und Silber- Aktien - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,624</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>