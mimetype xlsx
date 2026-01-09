--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcac87463e03483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1591c736089d439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc334c67d644845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc00c842dfd224817"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4e8bd9911f401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc334c67d644845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R960fe49125ea44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc00c842dfd224817" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold -und Silber- Aktien - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>