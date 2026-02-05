--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1591c736089d439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3d8aaca76d49a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc00c842dfd224817"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67722c8605b416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R960fe49125ea44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc00c842dfd224817" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e7c01badb744a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67722c8605b416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold -und Silber- Aktien - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>