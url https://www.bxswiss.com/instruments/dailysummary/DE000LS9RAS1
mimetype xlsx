--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3d8aaca76d49a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad52868f7e4e4ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67722c8605b416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221908e2b10b4910"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e7c01badb744a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67722c8605b416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c6a76a422e45c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221908e2b10b4910" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold -und Silber- Aktien - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>