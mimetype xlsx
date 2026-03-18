--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad52868f7e4e4ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f670a1fa6f4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221908e2b10b4910"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f4a94021444d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c6a76a422e45c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221908e2b10b4910" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re99cc192843b4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f4a94021444d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold -und Silber- Aktien - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>