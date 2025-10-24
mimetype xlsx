--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a789194265848f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3dd99095a94afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ee6095b6e54924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf51223aa881643cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf938471badca46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ee6095b6e54924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cae000b10c34481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf51223aa881643cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemie-Impfstoffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>54,421</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,522</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>54,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,598</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>