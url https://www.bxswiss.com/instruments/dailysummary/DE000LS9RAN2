--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3dd99095a94afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2c5524aa794c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf51223aa881643cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f04d355ef21485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cae000b10c34481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf51223aa881643cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca307b1a423e4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f04d355ef21485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemie-Impfstoffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>