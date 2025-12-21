--- v2 (2025-11-13)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2c5524aa794c84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282e2bd4bd574e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f04d355ef21485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5462e29edd0f44bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca307b1a423e4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f04d355ef21485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c96506b6de41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5462e29edd0f44bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemie-Impfstoffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,463</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>57,234</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,351</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>60,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>