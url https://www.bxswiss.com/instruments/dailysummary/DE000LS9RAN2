--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282e2bd4bd574e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf392b7d2a93a4ce7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5462e29edd0f44bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11cd75d67aef4e3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c96506b6de41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5462e29edd0f44bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e88ed8afe44f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11cd75d67aef4e3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemie-Impfstoffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>56,456</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,183</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>57,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,579</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>