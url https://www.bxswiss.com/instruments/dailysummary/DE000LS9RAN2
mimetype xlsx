--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf392b7d2a93a4ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6ef4652956431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11cd75d67aef4e3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151385d9535b40ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e88ed8afe44f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11cd75d67aef4e3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74d41324b354dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151385d9535b40ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemie-Impfstoffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>60,007</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>