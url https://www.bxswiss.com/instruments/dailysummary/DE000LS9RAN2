--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6ef4652956431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb526f71c244510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151385d9535b40ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f69f42b363402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74d41324b354dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151385d9535b40ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8b194764f74351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f69f42b363402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemie-Impfstoffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,566</x:t>
-[...522 lines deleted...]
-          <x:t>66,092</x:t>
+          <x:t>68,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>