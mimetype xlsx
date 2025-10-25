--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdab02ee3024bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93cfd8d2c3c4ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a63a2019534c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3c284af1ad422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reddac91e3ed04fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a63a2019534c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9d110277994316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3c284af1ad422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>