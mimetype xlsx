--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93cfd8d2c3c4ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720148f6680f43f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3c284af1ad422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e96182f601f4abc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9d110277994316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3c284af1ad422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f9111a050b414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e96182f601f4abc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,201</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>