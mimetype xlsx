--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720148f6680f43f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2082733be84e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e96182f601f4abc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb19f32a391b4e0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f9111a050b414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e96182f601f4abc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red05be57758e4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb19f32a391b4e0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>