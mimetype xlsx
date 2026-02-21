--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2082733be84e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f779cc6dbf4d89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb19f32a391b4e0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125a42ab8244532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red05be57758e4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb19f32a391b4e0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a146531460c4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125a42ab8244532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,305</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>