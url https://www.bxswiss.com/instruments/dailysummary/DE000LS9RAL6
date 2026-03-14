--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f779cc6dbf4d89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8889cfef2984d89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125a42ab8244532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf04ea54b90746ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a146531460c4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125a42ab8244532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a43034ce8f0400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf04ea54b90746ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,859</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>