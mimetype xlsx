--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfda32cd0f3446b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059494814fb24d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f0086302e874e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21fd9dbf306f42cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9d577e7bc54e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f0086302e874e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3084b7d8e0ad422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21fd9dbf306f42cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>115,546</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,327</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>114,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,539</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>