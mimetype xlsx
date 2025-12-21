--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059494814fb24d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e65a811b9b4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21fd9dbf306f42cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d42b35b81d48d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3084b7d8e0ad422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21fd9dbf306f42cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd237323930b04e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d42b35b81d48d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>113,908</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,427</x:t>
-[...225 lines deleted...]
-          <x:t>115,784</x:t>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>