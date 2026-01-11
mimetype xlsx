--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e65a811b9b4155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bde0ad3d364cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d42b35b81d48d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8cfc62a08f4b56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd237323930b04e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d42b35b81d48d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1333e4c3c1f94af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8cfc62a08f4b56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>