--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bde0ad3d364cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d4ef8c3c244237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8cfc62a08f4b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f7e2d81f054148"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1333e4c3c1f94af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8cfc62a08f4b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R014361e830b745ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f7e2d81f054148" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,669</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>