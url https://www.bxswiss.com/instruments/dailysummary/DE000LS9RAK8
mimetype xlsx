--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d4ef8c3c244237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a752156b0954cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f7e2d81f054148"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9742d711b0124237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R014361e830b745ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f7e2d81f054148" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e7cae22d3d4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9742d711b0124237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>