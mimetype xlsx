--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1088628911b411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b076aeb4784665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7318065edbf14f41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c5aafd8a2a4f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4cb93649f4c4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7318065edbf14f41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4105764343ad482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c5aafd8a2a4f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium for E-mobility </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>