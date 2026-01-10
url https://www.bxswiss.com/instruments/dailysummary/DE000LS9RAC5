--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b076aeb4784665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5b574694ba486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c5aafd8a2a4f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2928eaba4aa4135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4105764343ad482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c5aafd8a2a4f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8567cad370354fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2928eaba4aa4135" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium for E-mobility </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,376</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>