--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca5b574694ba486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57f64de224741d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2928eaba4aa4135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809a891c6f744bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8567cad370354fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2928eaba4aa4135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78eb8150f654025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809a891c6f744bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium for E-mobility </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>183,664</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>