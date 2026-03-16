--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57f64de224741d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadbb9cde6084966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809a891c6f744bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb872e5a87313455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78eb8150f654025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809a891c6f744bd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bf3a495bb04390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb872e5a87313455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium for E-mobility </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,336</x:t>
-[...193 lines deleted...]
-          <x:t>176,789</x:t>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...181 lines deleted...]
-          <x:t>177,991</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>