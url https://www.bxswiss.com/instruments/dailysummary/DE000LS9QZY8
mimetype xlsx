--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6dd0c34b086431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ca0fed5a364d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134c8add1dd34093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914ca997dd3b4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb044d4962cb4841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134c8add1dd34093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b9c74bb9b945c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914ca997dd3b4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levermann D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>