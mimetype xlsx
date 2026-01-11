--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ca0fed5a364d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697e869a2d3447c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914ca997dd3b4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a0d28fbf2b455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b9c74bb9b945c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914ca997dd3b4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b86721bd9334fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a0d28fbf2b455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levermann D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>238,146</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>237,455</x:t>
-[...436 lines deleted...]
-          <x:t>235,330</x:t>
+          <x:t>239,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>