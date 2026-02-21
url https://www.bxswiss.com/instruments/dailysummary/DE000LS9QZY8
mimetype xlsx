--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697e869a2d3447c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea170796cc9f4b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a0d28fbf2b455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00077d92fde4398"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b86721bd9334fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a0d28fbf2b455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cdc794d0ac64c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00077d92fde4398" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levermann D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>248,137</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>