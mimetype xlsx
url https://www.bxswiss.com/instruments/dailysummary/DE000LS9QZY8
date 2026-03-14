--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea170796cc9f4b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4ec89f8e9342e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00077d92fde4398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28affd718c641bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cdc794d0ac64c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00077d92fde4398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b8ce219dab4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28affd718c641bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levermann D-A-CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>