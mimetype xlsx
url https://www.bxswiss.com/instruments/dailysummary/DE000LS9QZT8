--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc50c2a3951d4a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849c0eee5cc946bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cab618b4e20420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra12937fea96146cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560a7a19039148b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cab618b4e20420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fce380a0a1d4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra12937fea96146cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.463,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.466,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.448,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.451,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.473,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.481,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.467,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.473,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>