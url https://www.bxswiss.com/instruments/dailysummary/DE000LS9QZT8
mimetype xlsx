--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849c0eee5cc946bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d558ccdbaf84a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra12937fea96146cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6667d217f684eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fce380a0a1d4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra12937fea96146cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a825a2cb19d4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6667d217f684eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.480,145</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.337,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>