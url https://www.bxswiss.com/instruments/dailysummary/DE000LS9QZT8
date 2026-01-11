--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d558ccdbaf84a32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8cd6f876724146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6667d217f684eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29c231c65b74c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a825a2cb19d4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6667d217f684eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa0284440514e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29c231c65b74c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.426,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.427,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.408,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.413,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.343,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.358,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.340,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.356,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>