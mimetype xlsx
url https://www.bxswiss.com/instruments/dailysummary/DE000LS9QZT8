--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8cd6f876724146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2ab2124f724a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29c231c65b74c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcf6911b8d7451d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa0284440514e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29c231c65b74c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7fac52079f4aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcf6911b8d7451d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.376,766</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>