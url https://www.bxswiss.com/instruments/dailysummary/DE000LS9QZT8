--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2ab2124f724a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5864426cdb44ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcf6911b8d7451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R165f4210ad25415e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7fac52079f4aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcf6911b8d7451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cca9a0473fe4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R165f4210ad25415e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.290,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.292,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.258,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.258,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.272,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.275,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.272,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.275,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.242,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>