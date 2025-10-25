--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb27f5ea6ee9f4605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc874464a6caf4ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfef15bbcaf184904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bf226c39404f9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05fa905a35b425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfef15bbcaf184904" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a06eb9b99d4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bf226c39404f9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Y</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>144,539</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,949</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>