--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc874464a6caf4ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2db100614b1e4974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bf226c39404f9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbdb74f2e6c403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a06eb9b99d4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bf226c39404f9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb250719dbc4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbdb74f2e6c403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Y</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,091</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>