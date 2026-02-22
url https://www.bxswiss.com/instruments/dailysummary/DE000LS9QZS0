--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2db100614b1e4974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf0a16f38b02429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbdb74f2e6c403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e749dc4b8b4af8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfb250719dbc4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbdb74f2e6c403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5b01437abde4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e749dc4b8b4af8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Y</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>