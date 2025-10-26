--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaaf318cb4ad4c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9074eefee749eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c85d2717e1746d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e3b2158477446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55aa31e3db3477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c85d2717e1746d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2248eab397d54ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e3b2158477446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>