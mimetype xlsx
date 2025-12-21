--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff9074eefee749eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2900135a8bf84f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e3b2158477446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a583114fcc44ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2248eab397d54ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e3b2158477446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c1c57c842d45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a583114fcc44ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>161,902</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>