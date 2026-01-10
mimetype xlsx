--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2900135a8bf84f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ebdec3ae0e44a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a583114fcc44ac4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb229679413e54b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c1c57c842d45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a583114fcc44ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e13568a97c4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb229679413e54b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>154,662</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,973</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>152,504</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>