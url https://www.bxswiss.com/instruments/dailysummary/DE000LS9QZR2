--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ebdec3ae0e44a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcfa8406fc64006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb229679413e54b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc3870a8a8d4dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e13568a97c4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb229679413e54b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R720dd79a54ec4888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc3870a8a8d4dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>158,577</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>