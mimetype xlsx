--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9079cd0b34a543c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf80986dee55456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce32b8a2f144a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f8afa146844c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb7736702834b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce32b8a2f144a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f6e183bf264ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f8afa146844c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,889</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>