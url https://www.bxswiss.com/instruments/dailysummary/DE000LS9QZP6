--- v1 (2025-11-21)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf80986dee55456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0688e55c794649e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f8afa146844c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c3536e98c348b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f6e183bf264ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f8afa146844c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a63e5fe067419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c3536e98c348b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,469</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>