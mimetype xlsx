--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38cdf4dd015b42b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a1422b3400e4854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0790e2cdfcd4a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1224e96b3ed428d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08056dec026c4974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0790e2cdfcd4a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5b0503e15a432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1224e96b3ed428d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Computing and AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>393,485</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>