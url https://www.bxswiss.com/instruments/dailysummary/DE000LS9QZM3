--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a1422b3400e4854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e4313e5e6e84b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1224e96b3ed428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d92585de3f48eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5b0503e15a432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1224e96b3ed428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011c00a4520a4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d92585de3f48eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Computing and AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>