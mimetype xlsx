--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb409d69827d4a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c8f0aa25d845ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de18cc7961e478f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18f0ebc8f08f44a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeac755c55414b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de18cc7961e478f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc1d79bf5044185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18f0ebc8f08f44a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Global Shipping Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>