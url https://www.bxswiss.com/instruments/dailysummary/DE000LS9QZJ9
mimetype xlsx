--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c8f0aa25d845ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radba0055c53648ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18f0ebc8f08f44a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7920e774d3314948"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc1d79bf5044185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18f0ebc8f08f44a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d5c64f5f5a4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7920e774d3314948" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Global Shipping Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,865</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>