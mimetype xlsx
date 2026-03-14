--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radba0055c53648ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0da9b7ab88041ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7920e774d3314948"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ab53cb8fa2449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d5c64f5f5a4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7920e774d3314948" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e142697ab040e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ab53cb8fa2449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Global Shipping Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>234,186</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>