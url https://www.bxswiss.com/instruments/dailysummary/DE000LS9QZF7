--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84037042eb5e413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac389cf049584e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfccb052ac4a846a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb685b60d69b741b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e723c0367d442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfccb052ac4a846a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb01d59aa79f4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb685b60d69b741b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>