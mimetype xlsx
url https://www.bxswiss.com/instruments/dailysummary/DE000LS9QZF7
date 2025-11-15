--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac389cf049584e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff7a095708a4171" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb685b60d69b741b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4cf6927e734f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb01d59aa79f4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb685b60d69b741b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673e16eda1c24a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4cf6927e734f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>