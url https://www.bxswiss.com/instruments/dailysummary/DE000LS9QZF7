--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff7a095708a4171" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cd6e3f289e4dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4cf6927e734f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f676fc0c9c4252"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673e16eda1c24a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4cf6927e734f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca7d69816c14400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f676fc0c9c4252" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,151</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>