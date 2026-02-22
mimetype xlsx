--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cd6e3f289e4dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b68aab9f4d74705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f676fc0c9c4252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80eb8fc2012d467e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca7d69816c14400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f676fc0c9c4252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ee29556e944b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80eb8fc2012d467e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>217,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>