--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b68aab9f4d74705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f9b63e0a7e4241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80eb8fc2012d467e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960180d31fc14ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ee29556e944b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80eb8fc2012d467e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re129bba330c6418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960180d31fc14ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>