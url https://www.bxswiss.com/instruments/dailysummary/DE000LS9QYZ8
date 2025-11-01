--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b204a39a444cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90cbd0e50b214150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8cfbbcac9f4c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f9b71e7e0f4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d04dd1107046bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8cfbbcac9f4c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7766e11e3073450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f9b71e7e0f4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>