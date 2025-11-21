--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90cbd0e50b214150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a2c67afe2949ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f9b71e7e0f4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fb4aaaae034a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7766e11e3073450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f9b71e7e0f4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e2283c823d46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fb4aaaae034a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>