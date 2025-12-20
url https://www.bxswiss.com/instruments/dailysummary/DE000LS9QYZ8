--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a2c67afe2949ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b125dc184d243a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fb4aaaae034a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7948601e6dda4f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e2283c823d46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fb4aaaae034a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436b9d1a7ed54f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7948601e6dda4f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>