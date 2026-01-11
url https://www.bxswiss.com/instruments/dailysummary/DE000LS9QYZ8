--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b125dc184d243a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a04064dbd74141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7948601e6dda4f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86592132e8d34aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436b9d1a7ed54f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7948601e6dda4f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b46b2d521ca4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86592132e8d34aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>190,635</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,346</x:t>
-[...247 lines deleted...]
-          <x:t>185,995</x:t>
+          <x:t>189,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>