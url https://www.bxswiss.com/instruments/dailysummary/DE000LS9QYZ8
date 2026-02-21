--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a04064dbd74141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534e2eb93774411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86592132e8d34aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37072bb292c3486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b46b2d521ca4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86592132e8d34aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75243dcf4654775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37072bb292c3486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>190,246</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>