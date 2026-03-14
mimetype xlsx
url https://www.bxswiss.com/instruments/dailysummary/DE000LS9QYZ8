--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534e2eb93774411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb630a4c2ca55497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37072bb292c3486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a286fe0862f4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75243dcf4654775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37072bb292c3486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2661fc00415543e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a286fe0862f4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>