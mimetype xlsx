--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1732927c7640e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3959cb4bae374d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf51e518b35be4b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f8c549d01b45cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47be6e9401b4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf51e518b35be4b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8535f1bdafdf4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f8c549d01b45cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DO Trading und Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>104,099</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>103,295</x:t>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>