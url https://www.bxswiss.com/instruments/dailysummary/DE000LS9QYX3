--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3959cb4bae374d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e3da3965764ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f8c549d01b45cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8b95e598574d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8535f1bdafdf4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f8c549d01b45cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e39c3527d8407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8b95e598574d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DO Trading und Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>104,576</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,763</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>102,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>