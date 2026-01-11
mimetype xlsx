--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e3da3965764ae7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae0ea33d27b44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea8b95e598574d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26d2d7803454893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e39c3527d8407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea8b95e598574d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a322c7c17c648cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26d2d7803454893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DO Trading und Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,116</x:t>
-[...43 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>105,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,575</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>104,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,258</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>