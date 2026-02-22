--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae0ea33d27b44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ad226ea2af445e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26d2d7803454893"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48141065bc444c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a322c7c17c648cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26d2d7803454893" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a8c6c4a3b947d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48141065bc444c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DO Trading und Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,114</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>