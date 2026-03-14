--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ad226ea2af445e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcc4f9b2d644cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48141065bc444c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eecdd8540854b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a8c6c4a3b947d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48141065bc444c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52bc4852ca264ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eecdd8540854b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DO Trading und Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>