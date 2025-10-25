--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0375b0288d8148f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6767c68c4934452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e79c5250e343d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef118fe6e8e474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e256c76ec7e46b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e79c5250e343d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd940ca29288745bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef118fe6e8e474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VIDEO GAMING GLOBAL Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>