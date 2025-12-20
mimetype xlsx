--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6767c68c4934452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5508c3d2697143aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef118fe6e8e474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e85456a499a4ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd940ca29288745bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef118fe6e8e474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28259a4b65614fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e85456a499a4ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VIDEO GAMING GLOBAL Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,665</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>