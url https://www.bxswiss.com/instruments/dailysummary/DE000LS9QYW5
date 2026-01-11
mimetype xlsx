--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5508c3d2697143aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2478eb3492274936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e85456a499a4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5168f5b16a054061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28259a4b65614fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e85456a499a4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R097d807d4f534c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5168f5b16a054061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VIDEO GAMING GLOBAL Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,425 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...77 lines deleted...]
-          <x:t>120,392</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,302</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>119,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,288</x:t>
         </x:is>
       </x:c>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>