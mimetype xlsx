--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2478eb3492274936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6afbd4c8804f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5168f5b16a054061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc44a42a3c0de4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R097d807d4f534c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5168f5b16a054061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27790b7d34544d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc44a42a3c0de4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VIDEO GAMING GLOBAL Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,321</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>