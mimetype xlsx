--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c9e26c8b6a4553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37919f2d593747d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79afe27442fe4ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R321d61494dd14212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fdabcd1c3fa4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79afe27442fe4ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e49129f1104c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R321d61494dd14212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in UV-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>105,664</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,627</x:t>
-[...463 lines deleted...]
-          <x:t>106,570</x:t>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>