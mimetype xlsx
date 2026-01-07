--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37919f2d593747d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17aad63c8a27401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R321d61494dd14212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403dfb68ada14a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e49129f1104c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R321d61494dd14212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d958a8732e472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403dfb68ada14a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in UV-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,217</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>