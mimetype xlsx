--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17aad63c8a27401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcae1ced387b4d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R403dfb68ada14a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf67b853d6264ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d958a8732e472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R403dfb68ada14a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f06198db57b4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf67b853d6264ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in UV-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>100,430</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>