--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcae1ced387b4d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdafe9eecb32b46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf67b853d6264ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a197a7fb2424629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f06198db57b4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf67b853d6264ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7319334f11994f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a197a7fb2424629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in UV-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>99,342</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>