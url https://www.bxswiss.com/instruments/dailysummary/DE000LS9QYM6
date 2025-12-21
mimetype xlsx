--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa07c06ae1e4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fe55f5fe0b4891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d530a3afcac47f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78adfbf1674846af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88a9b26fe304fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d530a3afcac47f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31eadad2f02c45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78adfbf1674846af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Commodity Related Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,465</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>