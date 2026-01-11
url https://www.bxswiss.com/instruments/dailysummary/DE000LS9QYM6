--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fe55f5fe0b4891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24466be26e84ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78adfbf1674846af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree71eca61c10497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31eadad2f02c45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78adfbf1674846af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e331ebeeca4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree71eca61c10497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Commodity Related Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>