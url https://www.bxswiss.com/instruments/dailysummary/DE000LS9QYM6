--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24466be26e84ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bdfe0ba75d4e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree71eca61c10497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324b85abe66e486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e331ebeeca4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree71eca61c10497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034b71463a5c4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324b85abe66e486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Commodity Related Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,940</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>