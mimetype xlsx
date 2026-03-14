--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bdfe0ba75d4e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d22354909554728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324b85abe66e486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2308611b6c4d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034b71463a5c4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324b85abe66e486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae7dfaec0c649c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2308611b6c4d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Commodity Related Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>