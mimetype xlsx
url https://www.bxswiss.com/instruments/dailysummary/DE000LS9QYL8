--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re160c7baa92e4bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3499ca8a144026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb243a691fd3461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6df926bb9124e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8096e3478b949ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb243a691fd3461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf9d2c645854fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6df926bb9124e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Krisen-Gewinner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,691</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>