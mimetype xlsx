--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3499ca8a144026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61f02e5bbbe42c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6df926bb9124e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8675b8bc25f54ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf9d2c645854fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6df926bb9124e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509d39edc808499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8675b8bc25f54ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Krisen-Gewinner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>162,738</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,314</x:t>
-[...193 lines deleted...]
-          <x:t>164,973</x:t>
+          <x:t>163,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>