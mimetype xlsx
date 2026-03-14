--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61f02e5bbbe42c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e64e860caf14668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8675b8bc25f54ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa57d5910284bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509d39edc808499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8675b8bc25f54ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2662b8867ce643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa57d5910284bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Krisen-Gewinner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>156,173</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>157,711</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,151</x:t>
-[...220 lines deleted...]
-          <x:t>159,892</x:t>
+          <x:t>159,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>