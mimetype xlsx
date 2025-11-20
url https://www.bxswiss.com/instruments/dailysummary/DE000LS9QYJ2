--- v0 (2025-10-07)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb6da6badad47b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b98f3f4da9c4ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7a67f95712447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f80cf006f4048f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff0d79222284dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7a67f95712447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R325efbfaf1b54317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f80cf006f4048f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>187,253</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>