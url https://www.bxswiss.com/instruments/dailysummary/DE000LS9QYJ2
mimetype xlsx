--- v1 (2025-11-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b98f3f4da9c4ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac8224304ca4048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f80cf006f4048f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35cbdb8ad4434f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R325efbfaf1b54317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f80cf006f4048f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f3e42bd52634523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35cbdb8ad4434f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>191,256</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>