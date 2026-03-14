--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac8224304ca4048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e9cb6961f54bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35cbdb8ad4434f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700a233b63404699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f3e42bd52634523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35cbdb8ad4434f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6aa0c08a7dd405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700a233b63404699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>