--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84086c055d7840b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb8ed0cabd546d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04006c1ee3a4f81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34afeb44a5ca49ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ff2cacdadb4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04006c1ee3a4f81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3cb7e1ce4994dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34afeb44a5ca49ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 6-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,532</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>