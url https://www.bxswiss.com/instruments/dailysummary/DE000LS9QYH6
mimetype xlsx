--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb8ed0cabd546d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7117bbbb21d84339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34afeb44a5ca49ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3d03b6f0db6437e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3cb7e1ce4994dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34afeb44a5ca49ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f15c0cb12c4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3d03b6f0db6437e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 6-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>148,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>