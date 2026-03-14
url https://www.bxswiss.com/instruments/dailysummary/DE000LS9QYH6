--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7117bbbb21d84339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec0c38dfe8ee4d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3d03b6f0db6437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1e49e0a26e4d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f15c0cb12c4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3d03b6f0db6437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d9e9232ce94cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1e49e0a26e4d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 6-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>