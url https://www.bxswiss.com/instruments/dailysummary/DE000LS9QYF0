--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630192544cbd4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra961e73c20714a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb917e2dab54761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8066addaaa455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc82a6fac7d7342f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb917e2dab54761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R208454055ebf4550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8066addaaa455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>