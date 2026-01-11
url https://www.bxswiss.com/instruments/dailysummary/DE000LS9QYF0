--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra961e73c20714a74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b92aab18034763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8066addaaa455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf442c38ff7e24a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R208454055ebf4550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8066addaaa455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf11fa4c7dee64d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf442c38ff7e24a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>208,638</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>