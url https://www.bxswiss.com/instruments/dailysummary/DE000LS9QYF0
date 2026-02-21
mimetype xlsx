--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b92aab18034763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8934b68989b149fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf442c38ff7e24a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7dd2c5abc1e43e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf11fa4c7dee64d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf442c38ff7e24a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2662c7fd83ce4f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7dd2c5abc1e43e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend X</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>229,754</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>