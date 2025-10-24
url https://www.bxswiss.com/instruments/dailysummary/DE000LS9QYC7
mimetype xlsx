--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8975c76abbaf48a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fcbee42bd444427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41d3ac2c1214d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48e058f39df4ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79da248f4489446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41d3ac2c1214d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c8e8282fcc48ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48e058f39df4ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenTrendsUndZiel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>