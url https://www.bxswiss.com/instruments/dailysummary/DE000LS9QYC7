--- v1 (2025-10-24)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fcbee42bd444427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cddc42e4cc54183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48e058f39df4ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f32980d4ba9430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c8e8282fcc48ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48e058f39df4ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1e4ee944cb4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f32980d4ba9430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenTrendsUndZiel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,959</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>