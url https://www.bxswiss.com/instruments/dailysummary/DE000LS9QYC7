--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cddc42e4cc54183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7241c2ebf8f54369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f32980d4ba9430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec17128074c14f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1e4ee944cb4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f32980d4ba9430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6810816797934cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec17128074c14f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenTrendsUndZiel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>192,036</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>