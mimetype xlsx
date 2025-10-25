--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256ab5a49c0845e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1acb049938a14d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89cbcfe20008464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff8ee3b353d42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2db45186b44914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89cbcfe20008464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf8ecb38b0d4b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff8ee3b353d42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>