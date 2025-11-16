--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1acb049938a14d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb604b09f090a415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff8ee3b353d42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc348dc59401e46e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf8ecb38b0d4b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff8ee3b353d42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe275517d2e7411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc348dc59401e46e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>140,294</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,651</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,730</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>