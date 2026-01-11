--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb604b09f090a415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807942338fae4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc348dc59401e46e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffa97e352ca494e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe275517d2e7411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc348dc59401e46e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4b6f3ead7545dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffa97e352ca494e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,222</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>