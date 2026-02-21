--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807942338fae4fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd957a631bed74793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffa97e352ca494e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55cd5475fd0d43ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4b6f3ead7545dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffa97e352ca494e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae36cf466eb474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55cd5475fd0d43ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,611</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>