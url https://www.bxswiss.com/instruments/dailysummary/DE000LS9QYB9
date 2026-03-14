--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd957a631bed74793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb2ad30518b48d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55cd5475fd0d43ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f757e5fe2546b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae36cf466eb474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55cd5475fd0d43ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0347069db84443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f757e5fe2546b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INTERNET OF THINGS IOT smarthome</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>