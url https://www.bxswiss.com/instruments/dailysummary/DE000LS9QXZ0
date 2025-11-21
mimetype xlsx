--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6899ff4b14384ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05286db764d041d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4881f36817134c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145d42244d8c4b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4113709f3b6843a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4881f36817134c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R090b33049bfb4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145d42244d8c4b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,439 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...406 lines deleted...]
-          <x:t>48,578</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>