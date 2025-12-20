--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05286db764d041d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4cec54cd794b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145d42244d8c4b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29cbcca20b043f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R090b33049bfb4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145d42244d8c4b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856cf15f19144873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29cbcca20b043f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,486 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...572 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>48,776</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>