--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4cec54cd794b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c4b351337943b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29cbcca20b043f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09efc83fb9d14078"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856cf15f19144873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29cbcca20b043f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834ae49053c2448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09efc83fb9d14078" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,295 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...243 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>