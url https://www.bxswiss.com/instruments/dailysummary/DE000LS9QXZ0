--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c4b351337943b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bb63f343724cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09efc83fb9d14078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8725600b0a864a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834ae49053c2448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09efc83fb9d14078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab9d64da9e9430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8725600b0a864a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>50,991</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>