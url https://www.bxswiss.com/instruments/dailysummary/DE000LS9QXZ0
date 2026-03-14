--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bb63f343724cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c0552353c5477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8725600b0a864a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3f5d0893054a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab9d64da9e9430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8725600b0a864a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7535a255173492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3f5d0893054a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PLANT FOOD vegan Fleischersatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,723</x:t>
-[...522 lines deleted...]
-          <x:t>47,448</x:t>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>