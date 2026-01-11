--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaba1cc0d4054fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43ed25e9e4d4f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a78f998a18411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02832d4394334f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad6d8e93e974250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a78f998a18411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0019b2361a1047e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02832d4394334f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Score Top 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>