--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43ed25e9e4d4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e53eb3a89c54cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02832d4394334f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e7bd0688e641fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0019b2361a1047e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02832d4394334f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c931bbdddd48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e7bd0688e641fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Score Top 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,811</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>