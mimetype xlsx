--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e53eb3a89c54cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7648c43c11e8496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e7bd0688e641fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R842fdc0e9a9c42a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c931bbdddd48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e7bd0688e641fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b4a0272b044e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R842fdc0e9a9c42a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Score Top 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,151</x:t>
-[...16 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>124,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,675</x:t>
-[...279 lines deleted...]
-          <x:t>127,440</x:t>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>