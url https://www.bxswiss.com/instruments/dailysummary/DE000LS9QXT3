--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601c5edfe8d84b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d4a0b491074e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R458c0cd07c8f4c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f6be80c9784e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9841c81d9fe642e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R458c0cd07c8f4c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77eae0156c06410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f6be80c9784e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 3-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>