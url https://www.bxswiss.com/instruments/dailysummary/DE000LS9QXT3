--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d4a0b491074e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b57a5bfd4574d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f6be80c9784e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f23abe7f37475f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77eae0156c06410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f6be80c9784e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef00216d6c14e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f23abe7f37475f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 3-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>132,467</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>136,636</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>