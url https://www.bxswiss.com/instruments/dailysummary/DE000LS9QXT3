--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b57a5bfd4574d0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref34eff0d4904e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f23abe7f37475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b1000ec4ce4163"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef00216d6c14e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f23abe7f37475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebe0feac73c146a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b1000ec4ce4163" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt-Momentum im 3-Monats-Zyklus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>134,185</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,948</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>