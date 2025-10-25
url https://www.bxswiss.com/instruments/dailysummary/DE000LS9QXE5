--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b56503383d403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0044fbe4e3d9416a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf569d3e4d56547aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b923c1f2b74294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b0d11d8a5447ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf569d3e4d56547aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca5aa1964d24ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b923c1f2b74294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>