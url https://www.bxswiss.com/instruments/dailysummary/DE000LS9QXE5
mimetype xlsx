--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0044fbe4e3d9416a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9373e37d454e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b923c1f2b74294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1717a9536c7940d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca5aa1964d24ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b923c1f2b74294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54de41074174838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1717a9536c7940d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>