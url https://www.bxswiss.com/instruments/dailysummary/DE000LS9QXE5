--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9373e37d454e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31efd2a4a34d457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1717a9536c7940d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39427aadb5943d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54de41074174838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1717a9536c7940d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01de39ec2f484303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39427aadb5943d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>57,449</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>