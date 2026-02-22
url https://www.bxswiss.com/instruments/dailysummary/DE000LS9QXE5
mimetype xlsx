--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31efd2a4a34d457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1f17dabdbe46b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39427aadb5943d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed99023023f4756"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01de39ec2f484303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39427aadb5943d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9587dbdcd4be43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed99023023f4756" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>59,663</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,579</x:t>
-[...193 lines deleted...]
-          <x:t>64,250</x:t>
+          <x:t>60,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>