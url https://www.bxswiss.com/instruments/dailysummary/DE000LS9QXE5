--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1f17dabdbe46b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e9d9492b386421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed99023023f4756"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152ade40a80d4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9587dbdcd4be43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed99023023f4756" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2694315f81049a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152ade40a80d4382" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dominante Marktfuehrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>63,630</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,272</x:t>
-[...355 lines deleted...]
-          <x:t>60,867</x:t>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>