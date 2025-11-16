--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b2b7f544a54aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d27fdb3ba04eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf692283858144b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24db6544f57041f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc800562fb941f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf692283858144b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204d7d8bb9424d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24db6544f57041f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>144,258</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>147,398</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,780</x:t>
-[...112 lines deleted...]
-          <x:t>148,456</x:t>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>