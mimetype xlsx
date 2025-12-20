--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d27fdb3ba04eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra464f76c97fc4e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24db6544f57041f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbade555e54d54e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204d7d8bb9424d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24db6544f57041f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74d4b20010a428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbade555e54d54e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,077</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>