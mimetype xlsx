--- v2 (2025-12-20)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra464f76c97fc4e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f722e7d2a90421e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbade555e54d54e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e45746c5b384252"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74d4b20010a428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbade555e54d54e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra257535dbd664ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e45746c5b384252" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,355 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>