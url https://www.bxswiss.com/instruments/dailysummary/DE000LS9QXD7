--- v3 (2026-01-15)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f722e7d2a90421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97746be050b8436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e45746c5b384252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e4d9a11ff74937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra257535dbd664ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e45746c5b384252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4652ac3cbe9d44f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e4d9a11ff74937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>135,303</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>136,643</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>