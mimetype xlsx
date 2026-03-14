--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97746be050b8436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf3eb45d5114b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e4d9a11ff74937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9a93c22cea41a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4652ac3cbe9d44f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e4d9a11ff74937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54379ad703d146cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9a93c22cea41a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QXD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>