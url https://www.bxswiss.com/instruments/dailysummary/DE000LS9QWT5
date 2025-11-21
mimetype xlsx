--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82bc87a6638b424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73be240b5174a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c36558ff9154fdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4e617b042f489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a69356eba14fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c36558ff9154fdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f644cc86e8c4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4e617b042f489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,558</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>134,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,664</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>