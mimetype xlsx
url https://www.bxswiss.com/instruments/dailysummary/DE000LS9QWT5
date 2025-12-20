--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73be240b5174a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re972624fa2774572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4e617b042f489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5e162f9f8e424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f644cc86e8c4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4e617b042f489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509bb229d97b4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5e162f9f8e424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>135,560</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>132,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>