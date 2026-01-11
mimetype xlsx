--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re972624fa2774572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d54755cc774f1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5e162f9f8e424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed0bcfa416c4e68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R509bb229d97b4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5e162f9f8e424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a32d567cbc43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed0bcfa416c4e68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>