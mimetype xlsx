--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d54755cc774f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c58b58fd2f47b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed0bcfa416c4e68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92612fb274ce47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a32d567cbc43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed0bcfa416c4e68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf836cfdbac4db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92612fb274ce47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,129</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>