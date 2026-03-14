--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c58b58fd2f47b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194538d14c984307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92612fb274ce47d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246eef366f834a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf836cfdbac4db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92612fb274ce47d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra871af307c364634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246eef366f834a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Quality Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>