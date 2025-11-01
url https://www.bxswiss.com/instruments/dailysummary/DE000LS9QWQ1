--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4dc67cb9c84e9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2208c308892499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3037aa201284f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7fbfb3fb994140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac8b4dc70924eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3037aa201284f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3695f5964ab4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7fbfb3fb994140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>