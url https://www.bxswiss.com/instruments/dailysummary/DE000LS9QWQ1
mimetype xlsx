--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2208c308892499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R852582401ffa430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7fbfb3fb994140"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a856087faf4b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3695f5964ab4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7fbfb3fb994140" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd13804bd7684b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a856087faf4b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>