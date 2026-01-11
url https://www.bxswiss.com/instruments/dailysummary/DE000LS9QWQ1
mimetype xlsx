--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R852582401ffa430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9961c5bd27734569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a856087faf4b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782ca9273a37429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd13804bd7684b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a856087faf4b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf113d246909b4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782ca9273a37429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,168</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>