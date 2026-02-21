--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9961c5bd27734569" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62339396fe94d18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782ca9273a37429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76df81b73894abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf113d246909b4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782ca9273a37429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69080c88c43344e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76df81b73894abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>151,264</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,537</x:t>
-[...188 lines deleted...]
-          <x:t>167,144</x:t>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>