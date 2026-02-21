--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62339396fe94d18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re002e0699a684b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76df81b73894abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd3d86c054b49c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69080c88c43344e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76df81b73894abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36fc7be205f44a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd3d86c054b49c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>