--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re002e0699a684b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebae69df4f42488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd3d86c054b49c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11bcff9eda24d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36fc7be205f44a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd3d86c054b49c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6998d8dd5d484568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11bcff9eda24d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Nebenwerte Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>