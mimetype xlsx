--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2dd167363c4d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b69ab70a99540f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7a201500f944d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716d8cef8fde46be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re706d9e4cb684b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7a201500f944d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32921e92c4d844c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716d8cef8fde46be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>