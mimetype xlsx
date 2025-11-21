--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b69ab70a99540f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113d588628464986" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716d8cef8fde46be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69b8e33435a4829"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32921e92c4d844c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716d8cef8fde46be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ed0b38fac941d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69b8e33435a4829" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>