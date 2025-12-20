--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113d588628464986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586faed1d9744f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69b8e33435a4829"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb33c1d71e854f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ed0b38fac941d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69b8e33435a4829" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bc29b9d91b4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb33c1d71e854f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>