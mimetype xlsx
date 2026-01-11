--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586faed1d9744f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71767111e0794e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb33c1d71e854f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebaf1922cd144d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bc29b9d91b4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb33c1d71e854f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b68207df875406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebaf1922cd144d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>