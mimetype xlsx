--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71767111e0794e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4b2192926f4ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebaf1922cd144d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57368e0ef3f4bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b68207df875406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebaf1922cd144d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2a4c71aa61b4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57368e0ef3f4bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,184</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>