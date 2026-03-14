--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4b2192926f4ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055dd2656707482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57368e0ef3f4bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f2ff821aeab469a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2a4c71aa61b4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57368e0ef3f4bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf88055d4b64f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f2ff821aeab469a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The New Normal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>