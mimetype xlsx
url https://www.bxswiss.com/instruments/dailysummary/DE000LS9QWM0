--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150004a81e554493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c0c8efb73047bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca063848f60d4da4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98cd94f04ab749b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b68803352b4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca063848f60d4da4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2f165de7ca4a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98cd94f04ab749b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend Mobile Payment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>