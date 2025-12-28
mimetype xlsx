--- v1 (2025-10-25)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c0c8efb73047bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9e60938fc0401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98cd94f04ab749b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8115de581d8a4847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2f165de7ca4a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98cd94f04ab749b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ab3b96048e4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8115de581d8a4847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend Mobile Payment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,029</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>