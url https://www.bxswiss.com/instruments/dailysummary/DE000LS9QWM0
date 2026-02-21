--- v2 (2025-12-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9e60938fc0401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8605aecbcae49fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8115de581d8a4847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454b288c7a864b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ab3b96048e4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8115de581d8a4847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124b6b9a558b40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454b288c7a864b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrend Mobile Payment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>90,292</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>