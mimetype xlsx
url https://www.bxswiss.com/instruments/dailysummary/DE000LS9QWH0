--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a34a31024d433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb494e51f9b744ee3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6841480a994a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf445a6b1878e440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ccc58fc72a4ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6841480a994a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8867bd3b28b14a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf445a6b1878e440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>