--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb494e51f9b744ee3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3c142f2b5e4fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf445a6b1878e440a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbebff7fc8284e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8867bd3b28b14a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf445a6b1878e440a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89fb0a853c44b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbebff7fc8284e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,352</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>