--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3c142f2b5e4fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1405d2334c4d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbebff7fc8284e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cde5446ba2849a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89fb0a853c44b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbebff7fc8284e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12bbc585a6e340d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cde5446ba2849a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>