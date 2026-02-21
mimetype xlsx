--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1405d2334c4d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd056abc17bc14c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cde5446ba2849a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re806376f85a9441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12bbc585a6e340d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cde5446ba2849a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb6a51f920c45b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re806376f85a9441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>149,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>