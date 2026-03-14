--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd056abc17bc14c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R280fc6b286994108" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re806376f85a9441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ebd237c7c64137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb6a51f920c45b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re806376f85a9441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3375c906fafa4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ebd237c7c64137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - World Travel Leisure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>