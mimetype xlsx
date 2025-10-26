--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4b512da4874f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44357fc7e4d43e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa75326aae449d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb627ce6c81a84e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05c3c714ce64dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa75326aae449d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7001a3d9974797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb627ce6c81a84e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,411</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>60,381</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>