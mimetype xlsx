--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44357fc7e4d43e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abc9e6230c44648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb627ce6c81a84e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409514087b814481"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7001a3d9974797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb627ce6c81a84e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1214431ffec4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409514087b814481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>