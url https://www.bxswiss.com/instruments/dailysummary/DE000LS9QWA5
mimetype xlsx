--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abc9e6230c44648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b18199f90274707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409514087b814481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6b99bc492f42ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1214431ffec4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409514087b814481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41258cad5114348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6b99bc492f42ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>52,698</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>