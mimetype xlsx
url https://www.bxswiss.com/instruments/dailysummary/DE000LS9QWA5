--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b18199f90274707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd09af2b4404001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6b99bc492f42ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb131f48f7b46f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41258cad5114348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6b99bc492f42ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6568b1591b45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb131f48f7b46f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>