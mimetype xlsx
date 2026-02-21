--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd09af2b4404001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd10d0f943d4880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb131f48f7b46f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba940c7fc9c4acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6568b1591b45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb131f48f7b46f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cdb6e33431d482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba940c7fc9c4acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>52,853</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>55,596</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>