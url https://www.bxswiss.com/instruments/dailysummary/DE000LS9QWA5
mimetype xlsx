--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd10d0f943d4880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bbb5e2fb00444e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba940c7fc9c4acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0695d998c5b4bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cdb6e33431d482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba940c7fc9c4acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb52b251fcb74bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0695d998c5b4bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming Aktien mit Kopf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QWA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>