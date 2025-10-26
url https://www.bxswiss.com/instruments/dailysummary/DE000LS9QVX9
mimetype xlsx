--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570c19812d0141c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca4d3ad5e6d4d96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4f82aec2e249ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118e4357b8e44d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17154affa0754613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4f82aec2e249ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd810cd8cbaf843cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118e4357b8e44d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Technologie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,482</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>