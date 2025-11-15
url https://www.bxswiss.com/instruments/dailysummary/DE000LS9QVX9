--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca4d3ad5e6d4d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4214ab5bed4319" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118e4357b8e44d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra73ea84db32e426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd810cd8cbaf843cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118e4357b8e44d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9088adf19004b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra73ea84db32e426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Technologie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>195,613</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,610</x:t>
-[...512 lines deleted...]
-          <x:t>203,820</x:t>
+          <x:t>194,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>