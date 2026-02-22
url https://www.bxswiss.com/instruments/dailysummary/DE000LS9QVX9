--- v2 (2025-11-15)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4214ab5bed4319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc22afb4ffe446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra73ea84db32e426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ad0b8ca7fd04ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9088adf19004b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra73ea84db32e426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5cf3c19e2d4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ad0b8ca7fd04ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Technologie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>192,307</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>