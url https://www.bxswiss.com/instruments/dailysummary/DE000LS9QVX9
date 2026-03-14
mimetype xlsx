--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc22afb4ffe446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1de5eccb384bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ad0b8ca7fd04ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5ea2533ac14370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5cf3c19e2d4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ad0b8ca7fd04ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7275cf4f3e2645c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5ea2533ac14370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Technologie </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>