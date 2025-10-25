--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0458563676134d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09db8c6f0a494107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bc631dbb04a4e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbaf9dd269a245a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008a5bd537d34bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bc631dbb04a4e67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25440487332749de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbaf9dd269a245a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsmarkt Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>