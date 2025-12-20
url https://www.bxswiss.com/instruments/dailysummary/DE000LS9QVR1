--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09db8c6f0a494107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e743c23f054d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbaf9dd269a245a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7c1a470389b47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25440487332749de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbaf9dd269a245a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31fb06bbca4413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7c1a470389b47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsmarkt Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,110</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>