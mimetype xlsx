--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e743c23f054d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R396a802a4302430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7c1a470389b47d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8905e0cf1d147a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re31fb06bbca4413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7c1a470389b47d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97727197f8bb458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8905e0cf1d147a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsmarkt Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>