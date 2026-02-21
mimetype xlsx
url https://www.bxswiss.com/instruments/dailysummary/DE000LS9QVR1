--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R396a802a4302430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6112e3b14f64883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8905e0cf1d147a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa553a3ee78c431f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97727197f8bb458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8905e0cf1d147a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd6846f18a44144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa553a3ee78c431f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsmarkt Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,609</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>