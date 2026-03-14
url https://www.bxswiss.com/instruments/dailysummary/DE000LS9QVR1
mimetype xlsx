--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6112e3b14f64883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58cc4487ba104825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa553a3ee78c431f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89345030e8294d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd6846f18a44144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa553a3ee78c431f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd878c2e8941e4d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89345030e8294d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsmarkt Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>