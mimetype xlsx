--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fd776ae62094499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db885a2e51c4cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a6f17f3fba481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b446879e934138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf037af90b76e4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a6f17f3fba481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b68199da5564847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b446879e934138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POC Power of Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>