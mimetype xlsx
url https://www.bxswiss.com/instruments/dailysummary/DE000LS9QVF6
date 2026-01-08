--- v1 (2025-11-01)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db885a2e51c4cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87593a0fc83542ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b446879e934138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34e9819c7324a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b68199da5564847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b446879e934138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863e3fa92f294a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34e9819c7324a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POC Power of Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,522</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>