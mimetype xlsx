--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87593a0fc83542ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282c82aaa1b14073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb34e9819c7324a02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18e7a5955724181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863e3fa92f294a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb34e9819c7324a02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147afcdd2b0d4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18e7a5955724181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POC Power of Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,168</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>