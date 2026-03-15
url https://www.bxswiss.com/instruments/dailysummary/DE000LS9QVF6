--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282c82aaa1b14073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d82aa880e64575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18e7a5955724181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6780058622334144"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147afcdd2b0d4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18e7a5955724181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afea7b8bf8e45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6780058622334144" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POC Power of Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>103,118</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,441</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>102,896</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>105,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>