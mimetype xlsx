--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978ee0a9094f421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84f12c8ed8c4c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5331c5fc6cc4c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195dcd68c2024c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7da96557d841ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5331c5fc6cc4c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R239af214512f4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195dcd68c2024c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemic Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>