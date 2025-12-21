--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd84f12c8ed8c4c3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d3318cede94e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195dcd68c2024c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98aff0caa6c046a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R239af214512f4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195dcd68c2024c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa678b1f45ec4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98aff0caa6c046a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemic Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,514</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>