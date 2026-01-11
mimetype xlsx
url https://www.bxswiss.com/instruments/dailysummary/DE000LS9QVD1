--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d3318cede94e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c219fd0a64c43ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98aff0caa6c046a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3645f85079e449f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa678b1f45ec4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98aff0caa6c046a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92fd34d1e7444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3645f85079e449f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemic Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>