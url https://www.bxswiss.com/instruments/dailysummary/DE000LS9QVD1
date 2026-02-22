--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c219fd0a64c43ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a558aabf18d4007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3645f85079e449f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1501ded7889c4ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92fd34d1e7444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3645f85079e449f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cfed7992944c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1501ded7889c4ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemic Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,882</x:t>
-[...90 lines deleted...]
-          <x:t>182,630</x:t>
+          <x:t>178,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>