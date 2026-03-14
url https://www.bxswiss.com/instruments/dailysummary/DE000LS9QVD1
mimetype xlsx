--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a558aabf18d4007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d673631c2140be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1501ded7889c4ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b8e6746e30c4a97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cfed7992944c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1501ded7889c4ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d365c099d20479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b8e6746e30c4a97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pandemic Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QVD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>