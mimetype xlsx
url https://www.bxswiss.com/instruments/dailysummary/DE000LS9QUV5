--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f66f9b8e1a4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6e394cb58c4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4a5c621e5c4f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758d7606207e49f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaadecba3e4d4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4a5c621e5c4f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e25a858b6cc401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758d7606207e49f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet - Value - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>