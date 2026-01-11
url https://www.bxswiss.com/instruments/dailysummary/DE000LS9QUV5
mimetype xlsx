--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6e394cb58c4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144da93395984e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758d7606207e49f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d7575cdc09487a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e25a858b6cc401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758d7606207e49f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5e4d32cfe444bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d7575cdc09487a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet - Value - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,773</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>