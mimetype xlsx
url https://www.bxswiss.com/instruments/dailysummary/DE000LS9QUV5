--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144da93395984e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf25d85eaf14b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d7575cdc09487a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460122417ae04bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5e4d32cfe444bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d7575cdc09487a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02dc9176c36f43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460122417ae04bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet - Value - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>182,926</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>