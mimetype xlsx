--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf25d85eaf14b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbe7853ede94cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460122417ae04bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db48c93f0264324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02dc9176c36f43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460122417ae04bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1346d6cbf23452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db48c93f0264324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitaet - Value - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>