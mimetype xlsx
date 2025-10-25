--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re975bb4e38554d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc10ffaa9df4ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6308efec5a2c43d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae59628f0bd4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4110c56a190a41f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6308efec5a2c43d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71661bed93d64666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae59628f0bd4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>