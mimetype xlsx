--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc10ffaa9df4ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827c398a2d8f4361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae59628f0bd4b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b61d785ee5447ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71661bed93d64666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae59628f0bd4b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709607671b7f4e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b61d785ee5447ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>210,930</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,972</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>209,506</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>