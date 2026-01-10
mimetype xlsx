--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827c398a2d8f4361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f5e70c774f4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b61d785ee5447ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e0ca38da6b413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709607671b7f4e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b61d785ee5447ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b8ca681ae784778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e0ca38da6b413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,553</x:t>
-[...279 lines deleted...]
-          <x:t>211,176</x:t>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>