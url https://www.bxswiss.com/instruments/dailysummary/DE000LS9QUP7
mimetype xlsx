--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f5e70c774f4938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ef9fa4e5894023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e0ca38da6b413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244ba34c140b4fb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b8ca681ae784778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e0ca38da6b413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51222fcb7ea8408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244ba34c140b4fb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>214,086</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>