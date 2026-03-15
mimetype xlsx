--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ef9fa4e5894023" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f24db5cadce4eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244ba34c140b4fb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R277c498569d944eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51222fcb7ea8408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244ba34c140b4fb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92e456ed1304a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R277c498569d944eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Top20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>206,379</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>204,574</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,126</x:t>
-[...85 lines deleted...]
-          <x:t>206,471</x:t>
+          <x:t>206,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>