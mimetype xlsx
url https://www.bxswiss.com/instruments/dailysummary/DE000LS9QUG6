--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f36c48ab6c4472" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbf516d4fa24981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc05689aaff540c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re50fce8445a54cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75dd37231e2e41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc05689aaff540c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0de1f7364744b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re50fce8445a54cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ART OF ANALYSIS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>