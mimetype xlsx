--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbf516d4fa24981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17258ab9f5d34215" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re50fce8445a54cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4936403a9c424b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0de1f7364744b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re50fce8445a54cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10c060f1ce849b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4936403a9c424b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ART OF ANALYSIS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>60,252</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>