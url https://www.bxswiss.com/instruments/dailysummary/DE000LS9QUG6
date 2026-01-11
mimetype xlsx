--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17258ab9f5d34215" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578328f49d7a42c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4936403a9c424b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8088efab4df4b50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10c060f1ce849b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4936403a9c424b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194aeb01904b4b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8088efab4df4b50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ART OF ANALYSIS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QUG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>54,521</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,159</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>55,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>