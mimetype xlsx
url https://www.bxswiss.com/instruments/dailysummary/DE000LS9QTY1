--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab09c5964a1a4513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e73fb342a3b4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf085a0c6a05f4994"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca6eedad8d1246d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f8058fa3ff4543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf085a0c6a05f4994" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856da10b7e5e49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca6eedad8d1246d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Schuldentilgungskraft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>