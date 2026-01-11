--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e73fb342a3b4b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb65fbfd7d24951" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca6eedad8d1246d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571eab4917904c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856da10b7e5e49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca6eedad8d1246d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d67d8dc6da14a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571eab4917904c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Schuldentilgungskraft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>162,971</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,697</x:t>
-[...404 lines deleted...]
-          <x:t>163,429</x:t>
+          <x:t>159,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>