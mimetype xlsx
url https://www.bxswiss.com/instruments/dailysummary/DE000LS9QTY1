--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb65fbfd7d24951" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161019cb39ba4f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571eab4917904c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb586534303425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d67d8dc6da14a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571eab4917904c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8082a10a51164d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb586534303425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Schuldentilgungskraft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>161,117</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>