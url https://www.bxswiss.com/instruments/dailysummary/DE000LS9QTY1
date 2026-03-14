--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161019cb39ba4f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c65ab3368c4da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb586534303425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b06edaf979240d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8082a10a51164d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb586534303425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R492ef807cfd841b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b06edaf979240d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Schuldentilgungskraft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>