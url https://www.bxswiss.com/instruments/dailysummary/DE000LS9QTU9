--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd780706a8f914fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400d3896bc54467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b3b65568029445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0284ee15aed7418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35cfee0e085a4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b3b65568029445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ca5584d77c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0284ee15aed7418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Wasserstoff Maxx Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>