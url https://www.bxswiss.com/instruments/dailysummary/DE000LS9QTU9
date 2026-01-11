--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400d3896bc54467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668047bef1c74d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0284ee15aed7418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c3eab3aae742e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ca5584d77c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0284ee15aed7418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373877e856a045a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c3eab3aae742e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Wasserstoff Maxx Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,394</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>