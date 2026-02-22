--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668047bef1c74d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502ab229b71e4442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c3eab3aae742e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02304c0cefaf4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373877e856a045a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c3eab3aae742e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7bacd3b3a024849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02304c0cefaf4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Wasserstoff Maxx Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,515</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>