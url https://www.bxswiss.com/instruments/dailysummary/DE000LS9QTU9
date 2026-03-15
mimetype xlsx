--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502ab229b71e4442" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf59290d9e84460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02304c0cefaf4cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a09f54aa04c4768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7bacd3b3a024849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02304c0cefaf4cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9a757224bf4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a09f54aa04c4768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Wasserstoff Maxx Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>