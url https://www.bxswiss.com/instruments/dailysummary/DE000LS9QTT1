--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re503ef47eada492f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19de2531194416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290e8f8a435142de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4fe3db532148d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0301067d744901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290e8f8a435142de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R183d963671004794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4fe3db532148d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>