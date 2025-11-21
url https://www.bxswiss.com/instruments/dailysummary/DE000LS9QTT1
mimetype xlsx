--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19de2531194416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc52dbb28f24501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4fe3db532148d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc079e6f839b54040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R183d963671004794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4fe3db532148d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3395148c36a4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc079e6f839b54040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>131,194</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,445</x:t>
-[...296 lines deleted...]
-          <x:t>129,287</x:t>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>