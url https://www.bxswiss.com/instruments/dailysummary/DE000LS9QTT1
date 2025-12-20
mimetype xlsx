--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc52dbb28f24501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74ea63c367847e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc079e6f839b54040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4d54fbd7a444b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3395148c36a4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc079e6f839b54040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d1ea89ac9740e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4d54fbd7a444b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>