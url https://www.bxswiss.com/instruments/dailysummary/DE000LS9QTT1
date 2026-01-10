--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74ea63c367847e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae0f42d6716411c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4d54fbd7a444b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53101dc3ec544b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d1ea89ac9740e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4d54fbd7a444b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7b6eb939d945b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53101dc3ec544b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>