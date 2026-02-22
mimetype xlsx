--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae0f42d6716411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce63cf7aea040b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53101dc3ec544b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c7394f7ff3447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7b6eb939d945b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53101dc3ec544b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90adec21c924162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c7394f7ff3447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>127,918</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>