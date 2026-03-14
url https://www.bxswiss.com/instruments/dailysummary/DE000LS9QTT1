--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce63cf7aea040b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820626e253454ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c7394f7ff3447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc95d853ff8af41f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90adec21c924162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c7394f7ff3447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94d0d8b38dca4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc95d853ff8af41f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Survive the recession</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>