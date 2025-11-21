--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf3a2ca41ba4dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae653be856e44eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8eff2fceee4253"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R273e06ade002408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1bbd739445418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8eff2fceee4253" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c278f0adef4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R273e06ade002408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>