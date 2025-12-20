--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae653be856e44eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088f64cde8ad44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R273e06ade002408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d7e1ebd8e144288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c278f0adef4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R273e06ade002408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96cf60a1541742a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d7e1ebd8e144288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,216</x:t>
-[...603 lines deleted...]
-          <x:t>281,352</x:t>
+          <x:t>276,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>