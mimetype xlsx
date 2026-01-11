--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088f64cde8ad44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963726a7c466444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d7e1ebd8e144288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fdc27de6fe54a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96cf60a1541742a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d7e1ebd8e144288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b91506f6ace4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fdc27de6fe54a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>