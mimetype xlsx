--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963726a7c466444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2693dbc014b74f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fdc27de6fe54a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra184f2d81fdd4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b91506f6ace4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fdc27de6fe54a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4018427c9f504c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra184f2d81fdd4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>292,763</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>