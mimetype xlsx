--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2693dbc014b74f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9898f4a2962465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra184f2d81fdd4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa40ea251014938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4018427c9f504c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra184f2d81fdd4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63545ed624e64883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa40ea251014938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rocketfire</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>