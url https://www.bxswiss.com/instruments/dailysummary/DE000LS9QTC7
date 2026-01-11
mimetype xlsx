--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1a6b0a79ad4f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9dc38014d1144c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc35b14d41b4fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c0837e0ad6460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55279131d6d04e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc35b14d41b4fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ee2b7336df4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c0837e0ad6460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>