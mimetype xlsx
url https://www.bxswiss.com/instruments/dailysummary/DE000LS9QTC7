--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9dc38014d1144c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e5632290974404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c0837e0ad6460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59449e9eb134942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ee2b7336df4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c0837e0ad6460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca1b16338e6f46d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59449e9eb134942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>203,476</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>