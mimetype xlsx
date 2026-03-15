--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e5632290974404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e50742f15c34217" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59449e9eb134942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12bbc201868483b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca1b16338e6f46d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59449e9eb134942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4727246d0df74435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12bbc201868483b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>