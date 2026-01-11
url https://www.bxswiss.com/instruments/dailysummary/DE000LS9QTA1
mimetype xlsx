--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8b333e04074188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418007fe29c648df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c1d730de4641a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c4739d37354f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc520f036eaf4013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c1d730de4641a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94024449eb7b47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c4739d37354f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfaches Aktien Scoringmodell </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,774</x:t>
-[...97 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,922</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>129,992</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,048</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>129,716</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>