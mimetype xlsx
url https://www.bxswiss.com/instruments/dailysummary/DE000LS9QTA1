--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418007fe29c648df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec779536af646fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c4739d37354f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402c88bd3d7d4326"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94024449eb7b47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c4739d37354f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79659eaf318c4e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402c88bd3d7d4326" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfaches Aktien Scoringmodell </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QTA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,998</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>