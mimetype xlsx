--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed5aec10f314d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ad10ae94f34e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf9440bb4cc84cb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b2ce6b86c89465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25f91f0053634a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf9440bb4cc84cb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f7f2d3d36a454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b2ce6b86c89465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vorherrschaft und Weltmacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>