--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ad10ae94f34e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a614c27090b4d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b2ce6b86c89465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff8e0ff54a04a48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f7f2d3d36a454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b2ce6b86c89465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a60d87a01f44ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff8e0ff54a04a48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vorherrschaft und Weltmacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>50,989</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>