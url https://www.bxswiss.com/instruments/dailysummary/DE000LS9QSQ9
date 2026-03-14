--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a614c27090b4d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42786f651a1e4428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff8e0ff54a04a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64f6fc133904807"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a60d87a01f44ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff8e0ff54a04a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39480f7f85d24025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64f6fc133904807" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vorherrschaft und Weltmacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>